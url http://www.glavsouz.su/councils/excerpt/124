--- v0 (2025-10-16)
+++ v1 (2026-01-29)
@@ -259,103 +259,112 @@
       </w:pPr>
       <w:r w:rsidRPr="00CD2545">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.  Об избрании секретаря заседания.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66115F46" w14:textId="2350C551" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00A1398B">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A5E95">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">О принятии новых членов в Партнерство и о выдаче им Свидетельств о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
@@ -425,12915 +434,14265 @@
     <w:p w14:paraId="3BCB40F0" w14:textId="77777777" w:rsidR="00CD2545" w:rsidRPr="00CD2545" w:rsidRDefault="00CD2545" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="239C7797" w14:textId="4E76BA05" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СибМтрейд»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СибМтрейд»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847057219, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7840408920)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЛТ-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЛТ-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1066027044203, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6027097128)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительный вернисаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительный вернисаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1086027006724, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6027116099)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭлитСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭлитСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1082224010450, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224127504)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Свет-Системы»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Свет-Системы»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847580260, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7817310845)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная Компания «Монолитстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная Компания «Монолитстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847216359, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7806388744)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Стройхитпроект»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Стройхитпроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847151580, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7805459174)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИСБ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИСБ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027806059742, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811120950)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.9.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БалтЭнергоМонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БалтЭнергоМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1073906002246, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3907056748)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительное управление-121»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительное управление-121»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1084716001017, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4716030420)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.11.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Эко Пост»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Эко Пост»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027800511067, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7801127146)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Каскад-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Каскад-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847021251, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7839351725)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.13.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строй-Гарант СПб»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строй-Гарант СПб»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847024046, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7807331557)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.14.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Север-строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Север-строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077536007680, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7536082209)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СервисСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СервисСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847328702, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811414870)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.16.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БАЗИС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БАЗИС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1087847010426, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841399996)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.17.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СТРОЙ-индустрия»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СТРОЙ-индустрия»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1099847002408, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7816476421)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ТЕХНОИМПЕКС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТЕХНОИМПЕКС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 108984805100, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804405000)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.19.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Производственное строительно-монтажное объединение «АМПИР»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Производственное строительно-монтажное объединение «АМПИР»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847409078, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7807324310)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИНВЕСТИЦИИ – КОМПЛЕКТ - СТРОЙ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИНВЕСТИЦИИ – КОМПЛЕКТ - СТРОЙ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1057747370383, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7704561968)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.21.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Ладога»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Ладога»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847218053, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811408080)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройМонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1057813277807, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7842327063)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.23.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная Компания «Бастион»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная Компания «Бастион»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847220044, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841388659)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.24.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Спецмонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Спецмонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848039313, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7840402526)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.25.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Эрланг»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Эрланг»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1052504451515, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2540115779)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.26.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭталонМонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭталонМонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1047855119575, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7806306269)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИнКомСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИнКомСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847113135, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811401655)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.28.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СТРОЙБАЗА»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СТРОЙБАЗА»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847162085, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7816440305)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.29.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Новые Технологии Строительства»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Новые Технологии Строительства»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 5067847486328, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811357519)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.30.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью строительная компания «Лада»</w:t>
+        <w:t>Общества с ограниченной ответственностью строительная компания «Лада»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1102225000701, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2221177240)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.31.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройМонтаж Индустрия»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройМонтаж Индустрия»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1079847051558, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7806353244)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.32.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная Компания «МОНОЛИТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная Компания «МОНОЛИТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072222003292, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2222064070)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.33.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Элитстрой-Кош-Агач»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Элитстрой-Кош-Агач»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1080401002791, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0401006680)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.34.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Компания 60-я параллель»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Компания 60-я параллель»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037819013704, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7807053229)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.35.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Стройтехнология»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Стройтехнология»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1085407000931, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5407046022)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.36.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Элитстрой-Онгудай»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Элитстрой-Онгудай»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1080404000533, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0404007530)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.37.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная компания «АРАМИС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная компания «АРАМИС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1092225007027, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2225106698)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.38.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Катунь»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Катунь»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1020400745683, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0411003872)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.39.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Наяда-Урал»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Наяда-Урал»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1096672019773, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6672306777)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.40.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Инженерный центр «Альтерэн»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Инженерный центр «Альтерэн»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037816041702, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7806045680)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.41.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Диагональ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Диагональ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072222012543, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2222069198)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЕвроКомфорт»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЕвроКомфорт»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1073905003259, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3905080819)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.43.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СибирьЭнергоРесурс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СибирьЭнергоРесурс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072224020670, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224117993)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.44.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строй-Перспектива»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строй-Перспектива»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847327261, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810527302)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.45.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Резерв»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Резерв»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1099847007215, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7813458706)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.46.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Глория»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Глория»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1099847004641, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7801507910)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.47.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Элитстрой-Усть-Кан»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Элитстрой-Усть-Кан»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1080404000445, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0403005516)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.48.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Проектная группа Союз»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Проектная группа Союз»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072203001694, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2203021401)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.49.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Северные высоты»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Северные высоты»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1057813216889, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802341833)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.50.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПСМ - Строй +»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПСМ - Строй +»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1042202168821, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224087019)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.51.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПетроЭлектроСвязь»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПетроЭлектроСвязь»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848034275, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7805477053)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.52.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью НПФ «ТЕЗАУРУС»</w:t>
+        <w:t>Общества с ограниченной ответственностью НПФ «ТЕЗАУРУС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1081831010689, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 1831130924)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.53.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная Фирма «Ремстроймонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная Фирма «Ремстроймонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848031900, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810535991)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.54.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Енисей»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Енисей»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1025202195941, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5254022399)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.55.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Технология»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Технология»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1076143000010, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6143064412)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.56.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Монтажно-Строительное Управление «Регион»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Монтажно-Строительное Управление «Регион»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847399850, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811419892)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.57.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Исмаил»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Исмаил»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1080411000141, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0411135300)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.58.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительный Двор»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительный Двор»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1070401000020, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0401005341)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.59.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Гала-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Гала-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1107847043776, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7805512653)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.60.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Норманн-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Норманн-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1107847044854, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7806426894)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.61.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Онежская строительная компания лтд»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Онежская строительная компания лтд»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1041000051850, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 1001160062)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.62.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Эдель»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Эдель»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027809256837, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7825091001)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.63.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Стар»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Стар»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1040400759068, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0411118922)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.64.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Владивостокская Строительно-эксплуатационная компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Владивостокская Строительно-эксплуатационная компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1062536046990, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2536174644)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.65.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВАБЭСТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ВАБЭСТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1100411001063, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0411149350)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.66.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Петербургская строительная компания»</w:t>
+        <w:t>Закрытого акционерного общества «Петербургская строительная компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037821063939, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810165959)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.67.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительное управление N 60»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительное управление N 60»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037821057218, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810158775)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.68.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Восток»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Восток»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1092223005841, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2223971578)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.69.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Алтай-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Алтай-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1082225009800, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2225096873)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.70.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «РЕКА»</w:t>
+        <w:t>Закрытого акционерного общества «РЕКА»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027801576000, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802021992)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.71.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строймонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строймонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037821076226, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810288414)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.72.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью Строительная фирма «КЮТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью Строительная фирма «КЮТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1044701480790, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4708013808)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.73.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «АванМастер»</w:t>
+        <w:t>Общества с ограниченной ответственностью «АванМастер»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1047855057436, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811303986)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.74.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Усинский нефтеперерабатывающий завод»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Усинский нефтеперерабатывающий завод»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1051100788650, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 1106019606)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.75.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Фирма «ИФ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Фирма «ИФ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027804609800, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7807012416)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.76.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная Компания «ТИС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная Компания «ТИС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1107847033667, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841420550)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.77.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строй Индустрия»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строй Индустрия»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1067847353310, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7820305980)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.78.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Водоканал»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Водоканал»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1084212001169, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4212027153)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.79.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВерсаСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ВерсаСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1067847172271, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802345073)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.80.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЛенИнжСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЛенИнжСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1107847165470, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7801520484)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.81.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Государственное унитарное предприятие «Жилищно-коммунальное хозяйство Новосибирского научного центра Сибирского отделения Российской академии наук»</w:t>
+        <w:t> «Жилищно-коммунальное хозяйство Новосибирского научного центра Сибирского отделения Российской академии наук»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1025403647686, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5408181095)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.82.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Энергомонтаж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Энергомонтаж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1046000322444, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6027085500)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.83.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная компания Кволит»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная компания Кволит»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1079847129053, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804378268)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.84.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Норманн-Заказчик»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Норманн-Заказчик»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1107847044018, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7806426848)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.85.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Сибирь-мехатроника»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Сибирь-мехатроника»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1035401492906, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5404105209)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.86.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «НикАС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «НикАС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1047855157008, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804308060)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.87.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Современное строительство и отделка»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Современное строительство и отделка»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847304972, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811447811)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.88.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройЭнерго»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройЭнерго»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1046002001385, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6037000784)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.89.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Партнёр-кабельные системы»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Партнёр-кабельные системы»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1022200901117, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2221051889)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.90.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Стадия»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Стадия»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027808002584, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7816001957)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>31 декабря 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">