--- v0 (2025-10-15)
+++ v1 (2026-01-29)
@@ -320,50 +320,112 @@
     <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F00BC7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57599B02" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00682D9A" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -448,7172 +510,7217 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Фасадстрой»</w:t>
+        <w:t>Общество с ограниченной ответственностью «Мегаполис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1087232031633, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7202188630)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «МДК»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1095407012800, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5407068690)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «БиэМ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 5067847296226, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7810072133)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Санкт-Петербургская Электромонтажная группа»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847567115, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804370170)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ИСКРА»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037800063223, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801202393)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Невское»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027806077265, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7825688172)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью Строительная Компания «НОВОСИБИРСКСТРОЙКОМПЛЕКС»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1085407018729, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5407057112)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Энергоремонт»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1073435007117, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3435089070)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Фирма «ЭФФЕКТ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1074712001320, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 4712125293)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СТРОЙ-индустрия»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1099847002408, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7816476421)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Строительная компания Кволит»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1079847129053, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804378268)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ТЕХНОИМПЕКС»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 108984805100, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804405000)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Стройконтакт»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026000900232, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6025012440)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Волгоградремстройсервис»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1023444287734, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3447019180)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.15.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ВентЭк»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1076672035615, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6672246091)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «РемСтройСталь»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1073460006840, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3446024438)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.17.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью Строительная компания «Сервис Строй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077451020283, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7451250292)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.18.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Производственное строительно-монтажное объединение «АМПИР»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1077847409078, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7807324310)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.19.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Партнер»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1062225020725, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2225079250)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.20.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «ИНВЕСТИЦИИ – КОМПЛЕКТ - СТРОЙ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057747370383, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7704561968)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.21.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Агро-Сервис»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1095908000594, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5908043015)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.22.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «КЕМИ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1025001632590, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5013029599)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.23.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Реут-Климат»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1053900018336, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3905063700)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.24.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «МОНО»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1027402542012, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7448000180)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Элитстрой-Чемал»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1080411004960, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 0411139866)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.26.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Закрытое акционерное общество «Научно-Производственное Предприятие «Контэк»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1037808016146, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7804164393)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.27.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Юг-Полимер-Строй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1076150000024, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6150052802)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.28.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Симплекс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1066165051270, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6165131623)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.29.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Ладога»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847218053, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7811408080)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.30.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СТРОЙСЕРВИС»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1099847022098, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7842421010)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.31.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СтройМонтаж»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1057813277807, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7842327063)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.32.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «СтройВектор»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1092221007438, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2221175919)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.33.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Стройконсалтинг»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847248512, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7814411154)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.34.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Строительная Компания «Бастион»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847220044, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7841388659)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.35.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Спецмонтаж»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089848039313, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7840402526)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.36.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Строительное управление-55»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1065406171247, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5406377007)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.37.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Южная строительная компания»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1083435005763, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3435095740)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.38.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Строительная компания «Ралекс»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1023901955824, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 3909024156)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.39.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Арена»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1067847425381, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7816384001)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.40.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Идеал-Стандарт»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1107847296699, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7841432001)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.41.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Гуковдорстрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1026102023573, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 6144008410)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.42.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Евроазия»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1082635004980, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2634080419)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.43.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Балтик Строй»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1047841012317, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7841013434)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.44.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «БЭСР»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1042201979940, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 2222047966)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.45.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью Строительная компания «Бастион»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1085403010945, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 5403212511)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.46.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «Галактика»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1089847247511, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7801472520)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2.47.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общество с ограниченной ответственностью «РосСтройИнжиниринг»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОГРН 1097847322990, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ИНН 7802485384)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и выдать С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, по перечню согласно заявлению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A4A9DB" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1513C4" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="000D0CD0" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A76F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Общества с ограниченной ответственностью «Фасадстрой»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444C53">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00B07057">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037811019091, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7805234702)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Финансово-строительная компания Омега»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Финансово-строительная компания Омега»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1052202168138, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224092234)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Стройхитпроект»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Стройхитпроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847151580, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7805459174)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">видетельство о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...6762 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>11 февраля 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">