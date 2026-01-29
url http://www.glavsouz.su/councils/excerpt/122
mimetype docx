--- v0 (2025-10-16)
+++ v1 (2026-01-29)
@@ -259,103 +259,112 @@
       </w:pPr>
       <w:r w:rsidRPr="00CD2545">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.  Об избрании секретаря заседания.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66115F46" w14:textId="2350C551" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
-      <w:r w:rsidRPr="00A1398B">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00BC7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A5E95">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">О принятии новых членов в Партнерство и о выдаче им Свидетельств о допуске к определенному виду или видам </w:t>
+      <w:r w:rsidRPr="000672BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесении изменений в Свидетельство о допуске к определенному виду или видам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4380F9BD" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00F00BC7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F9A46C" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00F00BC7" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00CC22C2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
@@ -425,3212 +434,3571 @@
     <w:p w14:paraId="3BCB40F0" w14:textId="77777777" w:rsidR="00CD2545" w:rsidRPr="00CD2545" w:rsidRDefault="00CD2545" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="239C7797" w14:textId="4E76BA05" w:rsidR="00284B70" w:rsidRPr="00FC46CC" w:rsidRDefault="00284B70" w:rsidP="00B2114E">
       <w:pPr>
         <w:ind w:left="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>2.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Корпорация ЛенАэроПроект»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Корпорация ЛенАэроПроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847635546, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7839367404)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГлавСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГлавСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848030909, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7814423181)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Теплоэнергетическая Компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Теплоэнергетическая Компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1035010653700, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5053026322)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Алтайводстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Алтайводстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1072223002390, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2223058015)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «Стройкомплектснаб»</w:t>
+        <w:t>Закрытого акционерного общества «Стройкомплектснаб»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1020400665339, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 0411075972)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ОТДЕЛОЧНИК»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ОТДЕЛОЧНИК»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1022200564737, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2204002017)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Энергосервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Энергосервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1092224006676, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224137284)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Партнер»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Партнер»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1062225020725, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2225079250)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.9.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГРАНД»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГРАНД»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1069847131640, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804335923)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Инжиниринговая компания «Содружество»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Инжиниринговая компания «Содружество»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847436259, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804364515)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.11.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество Объединение «Комплексная автоматизация»</w:t>
+        <w:t>Закрытого акционерного общества Объединение «Комплексная автоматизация»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1047855153378, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7838310691)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СЦ Хэлп»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СЦ Хэлп»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027739908459, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7733020434)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.13.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЭНЕРГОКОМ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЭНЕРГОКОМ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027802520965, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804097323)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.14.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Контур плюс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Контур плюс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1092452000024, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2452036140)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СтройПрофиль»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СтройПрофиль»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847333322, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7801477599)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.16.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Финансово-строительная компания Омега»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Финансово-строительная компания Омега»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1052202168138, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224092234)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.17.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЖД Сервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЖД Сервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847048124, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7820309649)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «КВВ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «КВВ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1022201525521, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224069108)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.19.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «АНИС»</w:t>
+        <w:t>Закрытого акционерного общества «АНИС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847308440, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841392430)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПромЭнергоПроект»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПромЭнергоПроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089848009668, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804402425)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.21.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «СТиМ»</w:t>
+        <w:t>Закрытого акционерного общества «СТиМ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027810339424, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7812003495)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Водовод»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Водовод»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1067847424083, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811338562)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.23.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> «Декор»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
@@ -3645,5998 +4013,6628 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1024201392247, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4214001182)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.24.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ЛИОН»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ЛИОН»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847400894, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7814374311)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.25.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Престиж»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Престиж»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847558920, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7806368184)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.26.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «ЗЕЛЕНЫЕ ДОРОГИ»</w:t>
+        <w:t>Закрытого акционерного общества «ЗЕЛЕНЫЕ ДОРОГИ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037825030352, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811099265)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Государственное унитарное предприятие города Байконур «Ремонт и строительство № 1</w:t>
+        <w:t> города Байконур «Ремонт и строительство № 1</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1039923001150, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 9901006068)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.28.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Агро-Сервис»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Агро-Сервис»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1095908000594, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5908043015)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.29.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БСК-плюс»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БСК-плюс»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1083925012786, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3904601515)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.30.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ИМА-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ИМА-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1057812514143, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7842321819)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.31.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Вентиляционные Инженерные Системы»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Вентиляционные Инженерные Системы»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847032626, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7839374433)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.32.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Аверс-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Аверс-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1076673016947, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6673166321)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.33.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Азимут Архитектура»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Азимут Архитектура»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847062468, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804357300)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.34.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ВерНон»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ВерНон»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1087847018566, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7840404749)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.35.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПитерСтройИнвест»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПитерСтройИнвест»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847226446, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811408636)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.36.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество «ДИАПАЗОН»</w:t>
+        <w:t>Закрытого акционерного общества «ДИАПАЗОН»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1027807560967, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7814027004)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.37.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Петербургская Буровая Компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Петербургская Буровая Компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847260785, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7814447270)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.38.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ФОМИЧ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ФОМИЧ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037804053209, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802018044)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.39.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Архитектурно-строительный трест»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Архитектурно-строительный трест»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847325399, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7806420927)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.40.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Строительная Компания «ДЕВАЛИ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Строительная Компания «ДЕВАЛИ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1075406004662, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5406384389)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.41.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Энергодорстрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Энергодорстрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847080344, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7842379079)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.42.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СИТИ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СИТИ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1079847120374, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802415228)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.43.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГОТИКА»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГОТИКА»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037843089228, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7825682861)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.44.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БалтИнжСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БалтИнжСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1107847069527, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7805514604)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.45.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ТЦ Спектр»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ТЦ Спектр»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1064715015848, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4715016888)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.46.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СК РОСТ»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СК РОСТ»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1099847033362, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811452233)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.47.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Освейская Строительная Компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Освейская Строительная Компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847413445, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7810476545)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.48.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «УниверсалСтройПроект»</w:t>
+        <w:t>Общества с ограниченной ответственностью «УниверсалСтройПроект»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1085905009563, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5905266905)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.49.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Промэнергоблок»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Промэнергоблок»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847241975, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811443768)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.50.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Балтийская коммуникационная компания»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Балтийская коммуникационная компания»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1067847510246, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7813342250)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.51.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Максистрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Максистрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1107847043391, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7802494413)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.52.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ГЛОБУС»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ГЛОБУС»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1063906152144, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 3906164395)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.53.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «СеверСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «СеверСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847225016, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7804392199)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.54.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Сидней»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Сидней»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037825033234, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7811135435)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.55.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Пента»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Пента»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1047855161232, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7840309196)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.56.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПРОФЛАЙН»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПРОФЛАЙН»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1064706017397, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 4706024811)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.57.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ПетроБизнес»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ПетроБизнес»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1097847329876, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7838434538)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.58.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Стандарт-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Стандарт-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1077847015971, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7841354233)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.59.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «БалтСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «БалтСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847058388, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7813405077)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.60.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «РосТеплоСтрой»</w:t>
+        <w:t>Общества с ограниченной ответственностью «РосТеплоСтрой»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1089847032241, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7814396851)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.61.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Закрытое акционерное общество Научно-производственное объединение «ОРИОН - АКВА»</w:t>
+        <w:t>Закрытого акционерного общества Научно-производственное объединение «ОРИОН - АКВА»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1035402456407, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 5406154667)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.62.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «Музейные технологии»</w:t>
+        <w:t>Общества с ограниченной ответственностью «Музейные технологии»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1037832002966, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 7814068709)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.63.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Общество с ограниченной ответственностью «ДВ-Строй»</w:t>
+        <w:t>Общества с ограниченной ответственностью «ДВ-Строй»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1102536004592, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2536228265)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.64.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Открытое акционерное общество «Исток»</w:t>
+        <w:t>Открытого акционерного общества «Исток»</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1026102061941, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 6145005966)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t/>
+      </w:r>
+      <w:r w:rsidRPr="00682D9A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2.65.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000672BA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Принять в члены Партнерства </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести изменения в Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, члена Партнерства </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> ПО ПРОЕКТИРОВАНИЮ ОБЪЕКТОВ ВОДОХОЗЯЙСТВЕННОГО И МЕЛИОРАТИВНОГО НАЗНАЧЕНИЯ</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
@@ -9651,114 +10649,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ОГРН 1022201511463, </w:t>
       </w:r>
       <w:r w:rsidRPr="00444C53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="00B07057">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ИНН 2224000748)</w:t>
       </w:r>
       <w:r w:rsidRPr="000672BA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidRPr="008A76F6">
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выдать Свидетельство о допуске к определенному виду или видам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>работ, которые оказывают влияние на безопасность объектов капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A5E95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, согласно заявлению о внесении изменений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA444E8" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00D5282D" w:rsidRDefault="00284B70" w:rsidP="00BB5526">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5282D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF4581D" w14:textId="77777777" w:rsidR="00284B70" w:rsidRPr="00483D98" w:rsidRDefault="00284B70" w:rsidP="00CC1D33">
+      <w:pPr>
+        <w:ind w:left="-540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E14E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidRPr="006620D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>30 декабря 2010 г.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CB7481" w14:textId="77777777" w:rsidR="00284B70" w:rsidRDefault="00284B70" w:rsidP="00085EDA">